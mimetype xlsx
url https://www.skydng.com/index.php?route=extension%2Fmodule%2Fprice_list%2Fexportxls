--- v0 (2025-10-29)
+++ v1 (2025-12-15)
@@ -18,264 +18,264 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="74" uniqueCount="74">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Product Code:</t>
   </si>
   <si>
-    <t>10000N industry linear actuator</t>
-[...212 lines deleted...]
-    <t>S-JJ1205</t>
+    <t>Cargo Electric Tricycle with canopy</t>
+  </si>
+  <si>
+    <t>L-GN68</t>
+  </si>
+  <si>
+    <t>Electric Cargo Tricycle with canopy</t>
+  </si>
+  <si>
+    <t>L-LXC12</t>
+  </si>
+  <si>
+    <t>Eletric Tricycle for special use</t>
+  </si>
+  <si>
+    <t>L-ZB67</t>
+  </si>
+  <si>
+    <t>Integrated 130 Drum Brake rear axle</t>
+  </si>
+  <si>
+    <t>S-AX002</t>
+  </si>
+  <si>
+    <t>Integrated 160 Drum Brake rear axle</t>
+  </si>
+  <si>
+    <t>S-AX003</t>
+  </si>
+  <si>
+    <t>Integrated 180 Drum Brake rear axle</t>
+  </si>
+  <si>
+    <t>S-AX004</t>
+  </si>
+  <si>
+    <t>Integrated 220 Drum Brake rear axle</t>
+  </si>
+  <si>
+    <t>S-AX005</t>
+  </si>
+  <si>
+    <t>Split 130 drum brake rear axle</t>
+  </si>
+  <si>
+    <t>S-AX001</t>
+  </si>
+  <si>
+    <t>Split dis brake rear axle</t>
+  </si>
+  <si>
+    <t>S-AX006</t>
+  </si>
+  <si>
+    <t>Stylish Two-Door Mini Car Electric Vehicle</t>
+  </si>
+  <si>
+    <t>S-JB09</t>
+  </si>
+  <si>
+    <t>12 Tubes 500W 48V/60V/72V Controller </t>
+  </si>
+  <si>
+    <t>SFZ-12   </t>
+  </si>
+  <si>
+    <t>BLDC Motor 500w-1000w</t>
+  </si>
+  <si>
+    <t>S-JM06</t>
+  </si>
+  <si>
+    <t>Electric Three Wheel Tricycle</t>
+  </si>
+  <si>
+    <t>L-GN58</t>
+  </si>
+  <si>
+    <t>PMSM Motor 500w-1000w</t>
+  </si>
+  <si>
+    <t>S-JM07</t>
+  </si>
+  <si>
+    <t>15 Tubes 650W Controller</t>
+  </si>
+  <si>
+    <t>SFZ-15</t>
+  </si>
+  <si>
+    <t>Electric 3 wheels car for Passenger</t>
+  </si>
+  <si>
+    <t>L-SLD54</t>
+  </si>
+  <si>
+    <t>Passenger Electric Tricycle</t>
+  </si>
+  <si>
+    <t>L-SLD52</t>
+  </si>
+  <si>
+    <t>18 Tube 48V/60V/72V Controller</t>
+  </si>
+  <si>
+    <t>SFZ-18</t>
+  </si>
+  <si>
+    <t>EEC Electric Cargo Tricycle Three-Wheel</t>
+  </si>
+  <si>
+    <t>L-OW23</t>
+  </si>
+  <si>
+    <t>EEC Electric Tricycle </t>
+  </si>
+  <si>
+    <t>L-OW21</t>
+  </si>
+  <si>
+    <t>Electric Tricycle for Passenger</t>
+  </si>
+  <si>
+    <t>L-YD-TG-62</t>
+  </si>
+  <si>
+    <t>Passenger Four Wheeler 2 Doors Electric car</t>
+  </si>
+  <si>
+    <t>S-JB14</t>
+  </si>
+  <si>
+    <t> Plus Four Wheeler Electric Vehicles Low Speed Mini Car</t>
+  </si>
+  <si>
+    <t>S-JB15</t>
+  </si>
+  <si>
+    <t>18 Tubes Double Row  48V/60V/72V Controller</t>
+  </si>
+  <si>
+    <t>SFZ-18  Double Row</t>
+  </si>
+  <si>
+    <t>43mm Shock Absorber for E-rickshaw</t>
+  </si>
+  <si>
+    <t>S-HX01</t>
+  </si>
+  <si>
+    <t>EEC Electric Cargo Tricycle </t>
+  </si>
+  <si>
+    <t>L-OW22</t>
+  </si>
+  <si>
+    <t>EEC Electric Cargo Tricycle With Shed </t>
+  </si>
+  <si>
+    <t>L-OW24</t>
+  </si>
+  <si>
+    <t>Electric Tricycle Three Wheeler for Heavy-Duty</t>
+  </si>
+  <si>
+    <t>L-GN25</t>
+  </si>
+  <si>
+    <t>120 PMSM Motor</t>
+  </si>
+  <si>
+    <t>S-FZ206</t>
+  </si>
+  <si>
+    <t>30 Tubes 48V/60V/72V Controller</t>
+  </si>
+  <si>
+    <t>SFZ-30</t>
+  </si>
+  <si>
+    <t>Electric Car Four-Door Low Speed Electric Vehicle</t>
+  </si>
+  <si>
+    <t>S-JB13</t>
+  </si>
+  <si>
+    <t>Shock Absorber for E-rickshaw and Electric Tricycle</t>
+  </si>
+  <si>
+    <t>S-XYA02</t>
+  </si>
+  <si>
+    <t>Two-door, Four-seater Electric Car</t>
+  </si>
+  <si>
+    <t>S-JB12</t>
+  </si>
+  <si>
+    <t>120 BLDC Motor</t>
+  </si>
+  <si>
+    <t>S-FZ207</t>
+  </si>
+  <si>
+    <t>Differential Gear Box</t>
+  </si>
+  <si>
+    <t>S-HY07</t>
+  </si>
+  <si>
+    <t>Differential Open Gear box</t>
+  </si>
+  <si>
+    <t>S-YH08</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="#,##0.00\ &quot;₽&quot;"/>
     <numFmt numFmtId="165" formatCode="[$$-1]#,##0.00"/>
     <numFmt numFmtId="166" formatCode="#,##0.00\ [$€-1]"/>
   </numFmts>
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <sz val="14"/>
       <u/>
       <color rgb="FF0563C1"/>
     </font>
   </fonts>
@@ -296,94 +296,94 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="1" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.skydng.com/10000n-industry-linear-actuator-s-a31" TargetMode="External"/>
-[...34 lines deleted...]
-<Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.skydng.com/120-series-sinusoidal-differential-motor-s-jj1205" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.skydng.com/cargo-electric-tricycle-with-canopy-l-gn68" TargetMode="External"/>
+<Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.skydng.com/electric-cargo-tricycle-with-canopy-l-lxc12" TargetMode="External"/>
+<Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.skydng.com/eletric-tricycle-for-special-use-l-zb67" TargetMode="External"/>
+<Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.skydng.com/integrated-130-drum-brake-rear-axle-s-ax002" TargetMode="External"/>
+<Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.skydng.com/integrated-160-drum-brake-rear-axle-s-ax003" TargetMode="External"/>
+<Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.skydng.com/integrated-180-drum-brake-rear-axle-s-ax004" TargetMode="External"/>
+<Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.skydng.com/integrated-220-drum-brake-rear-axle-s-ax005" TargetMode="External"/>
+<Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.skydng.com/split-130-drum-brake-rear-axle-s-ax001" TargetMode="External"/>
+<Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.skydng.com/split-dis-brake-rear-axle-s-ax006" TargetMode="External"/>
+<Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.skydng.com/two-door-four-seater-electric-car-s-jb12" TargetMode="External"/>
+<Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.skydng.com/12-tubes-500w-48v60v72v-controller-sfz-12&#160;-&#160;" TargetMode="External"/>
+<Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.skydng.com/bldc-motor-500w-1000w-s-jm06" TargetMode="External"/>
+<Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.skydng.com/electric-three-wheel-tricycle-l-gn58" TargetMode="External"/>
+<Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.skydng.com/pmsm-motor-500w-1000w-s-jm07" TargetMode="External"/>
+<Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.skydng.com/15-tubes-650w-controller-sfz-15" TargetMode="External"/>
+<Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.skydng.com/electric-3-wheels-car-for-passenger-l-sld54" TargetMode="External"/>
+<Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.skydng.com/passenger-electric-tricycle-l-sld52" TargetMode="External"/>
+<Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.skydng.com/18-tube-48v60v72v-controller-sfz-18" TargetMode="External"/>
+<Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.skydng.com/eec-electric-cargo-tricycle-three-wheel-l-ow23" TargetMode="External"/>
+<Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.skydng.com/eec-electric-tricycle-l-ow21" TargetMode="External"/>
+<Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.skydng.com/electric-tricycle-for-passenger-l-yd-tg-62" TargetMode="External"/>
+<Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.skydng.com/plus-four-wheeler-electric-vehicles-low-speed-mini-car-s-jb15" TargetMode="External"/>
+<Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.skydng.com/two-door-four-seater-electric-car-s-jb12-1" TargetMode="External"/>
+<Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.skydng.com/18-tubes-double-row-48v60v72v-controller-sfz-18-&#160;double-row" TargetMode="External"/>
+<Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.skydng.com/43mm-shock-absorber-for-e-rickshaw-s-hx01" TargetMode="External"/>
+<Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.skydng.com/eec-electric-cargo-tricycle-l-ow22" TargetMode="External"/>
+<Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.skydng.com/eec-electric-cargo-tricycle-with-shed-l-ow24" TargetMode="External"/>
+<Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.skydng.com/electric-tricycle-three-wheeler-for-heavy-duty-l-gn25" TargetMode="External"/>
+<Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.skydng.com/120-pmsm-motor-s-fz206" TargetMode="External"/>
+<Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.skydng.com/30-tubes-48v60v72v-controller-sfz-30" TargetMode="External"/>
+<Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.skydng.com/electric-car-four-door-low-speed-electric-vehicle-s-l01" TargetMode="External"/>
+<Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.skydng.com/shock-absorber-for-e-rickshaw-and-electric-tricycle-s-xya02" TargetMode="External"/>
+<Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.skydng.com/two-door-four-seater-electric-car-s-spq02" TargetMode="External"/>
+<Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.skydng.com/120-bldc-motor-s-fz207" TargetMode="External"/>
+<Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.skydng.com/differential-gear-box-s-hy07" TargetMode="External"/>
+<Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.skydng.com/e-rickshaw-differential-gear-box-s-yh08-3" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B37"/>
   <cols>
-    <col min="1" max="1" width="46" customWidth="1"/>
-    <col min="2" max="2" width="14" customWidth="1"/>
+    <col min="1" max="1" width="56" customWidth="1"/>
+    <col min="2" max="2" width="19" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s" s="2">
         <v>2</v>
       </c>
       <c r="B2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s" s="2">
         <v>4</v>
       </c>
       <c r="B3" t="s">
         <v>5</v>
       </c>
@@ -640,80 +640,80 @@
       <c r="A35" t="s" s="2">
         <v>68</v>
       </c>
       <c r="B35" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s" s="2">
         <v>70</v>
       </c>
       <c r="B36" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s" s="2">
         <v>72</v>
       </c>
       <c r="B37" t="s">
         <v>73</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
-    <hyperlink ref="A2" r:id="rId1" location="" display="https://www.skydng.com/10000n-industry-linear-actuator-s-a31"/>
-[...34 lines deleted...]
-    <hyperlink ref="A37" r:id="rId36" location="" display="https://www.skydng.com/120-series-sinusoidal-differential-motor-s-jj1205"/>
+    <hyperlink ref="A2" r:id="rId1" location="" display="https://www.skydng.com/cargo-electric-tricycle-with-canopy-l-gn68"/>
+    <hyperlink ref="A3" r:id="rId2" location="" display="https://www.skydng.com/electric-cargo-tricycle-with-canopy-l-lxc12"/>
+    <hyperlink ref="A4" r:id="rId3" location="" display="https://www.skydng.com/eletric-tricycle-for-special-use-l-zb67"/>
+    <hyperlink ref="A5" r:id="rId4" location="" display="https://www.skydng.com/integrated-130-drum-brake-rear-axle-s-ax002"/>
+    <hyperlink ref="A6" r:id="rId5" location="" display="https://www.skydng.com/integrated-160-drum-brake-rear-axle-s-ax003"/>
+    <hyperlink ref="A7" r:id="rId6" location="" display="https://www.skydng.com/integrated-180-drum-brake-rear-axle-s-ax004"/>
+    <hyperlink ref="A8" r:id="rId7" location="" display="https://www.skydng.com/integrated-220-drum-brake-rear-axle-s-ax005"/>
+    <hyperlink ref="A9" r:id="rId8" location="" display="https://www.skydng.com/split-130-drum-brake-rear-axle-s-ax001"/>
+    <hyperlink ref="A10" r:id="rId9" location="" display="https://www.skydng.com/split-dis-brake-rear-axle-s-ax006"/>
+    <hyperlink ref="A11" r:id="rId10" location="" display="https://www.skydng.com/two-door-four-seater-electric-car-s-jb12"/>
+    <hyperlink ref="A12" r:id="rId11" location="" display="https://www.skydng.com/12-tubes-500w-48v60v72v-controller-sfz-12 - "/>
+    <hyperlink ref="A13" r:id="rId12" location="" display="https://www.skydng.com/bldc-motor-500w-1000w-s-jm06"/>
+    <hyperlink ref="A14" r:id="rId13" location="" display="https://www.skydng.com/electric-three-wheel-tricycle-l-gn58"/>
+    <hyperlink ref="A15" r:id="rId14" location="" display="https://www.skydng.com/pmsm-motor-500w-1000w-s-jm07"/>
+    <hyperlink ref="A16" r:id="rId15" location="" display="https://www.skydng.com/15-tubes-650w-controller-sfz-15"/>
+    <hyperlink ref="A17" r:id="rId16" location="" display="https://www.skydng.com/electric-3-wheels-car-for-passenger-l-sld54"/>
+    <hyperlink ref="A18" r:id="rId17" location="" display="https://www.skydng.com/passenger-electric-tricycle-l-sld52"/>
+    <hyperlink ref="A19" r:id="rId18" location="" display="https://www.skydng.com/18-tube-48v60v72v-controller-sfz-18"/>
+    <hyperlink ref="A20" r:id="rId19" location="" display="https://www.skydng.com/eec-electric-cargo-tricycle-three-wheel-l-ow23"/>
+    <hyperlink ref="A21" r:id="rId20" location="" display="https://www.skydng.com/eec-electric-tricycle-l-ow21"/>
+    <hyperlink ref="A22" r:id="rId21" location="" display="https://www.skydng.com/electric-tricycle-for-passenger-l-yd-tg-62"/>
+    <hyperlink ref="A23" r:id="rId22" location="" display="https://www.skydng.com/plus-four-wheeler-electric-vehicles-low-speed-mini-car-s-jb15"/>
+    <hyperlink ref="A24" r:id="rId23" location="" display="https://www.skydng.com/two-door-four-seater-electric-car-s-jb12-1"/>
+    <hyperlink ref="A25" r:id="rId24" location="" display="https://www.skydng.com/18-tubes-double-row-48v60v72v-controller-sfz-18- double-row"/>
+    <hyperlink ref="A26" r:id="rId25" location="" display="https://www.skydng.com/43mm-shock-absorber-for-e-rickshaw-s-hx01"/>
+    <hyperlink ref="A27" r:id="rId26" location="" display="https://www.skydng.com/eec-electric-cargo-tricycle-l-ow22"/>
+    <hyperlink ref="A28" r:id="rId27" location="" display="https://www.skydng.com/eec-electric-cargo-tricycle-with-shed-l-ow24"/>
+    <hyperlink ref="A29" r:id="rId28" location="" display="https://www.skydng.com/electric-tricycle-three-wheeler-for-heavy-duty-l-gn25"/>
+    <hyperlink ref="A30" r:id="rId29" location="" display="https://www.skydng.com/120-pmsm-motor-s-fz206"/>
+    <hyperlink ref="A31" r:id="rId30" location="" display="https://www.skydng.com/30-tubes-48v60v72v-controller-sfz-30"/>
+    <hyperlink ref="A32" r:id="rId31" location="" display="https://www.skydng.com/electric-car-four-door-low-speed-electric-vehicle-s-l01"/>
+    <hyperlink ref="A33" r:id="rId32" location="" display="https://www.skydng.com/shock-absorber-for-e-rickshaw-and-electric-tricycle-s-xya02"/>
+    <hyperlink ref="A34" r:id="rId33" location="" display="https://www.skydng.com/two-door-four-seater-electric-car-s-spq02"/>
+    <hyperlink ref="A35" r:id="rId34" location="" display="https://www.skydng.com/120-bldc-motor-s-fz207"/>
+    <hyperlink ref="A36" r:id="rId35" location="" display="https://www.skydng.com/differential-gear-box-s-hy07"/>
+    <hyperlink ref="A37" r:id="rId36" location="" display="https://www.skydng.com/e-rickshaw-differential-gear-box-s-yh08-3"/>
   </hyperlinks>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>