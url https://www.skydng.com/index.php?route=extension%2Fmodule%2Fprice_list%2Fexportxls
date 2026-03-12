--- v1 (2025-12-15)
+++ v2 (2026-03-12)
@@ -18,60 +18,72 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="74" uniqueCount="74">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Product Code:</t>
   </si>
   <si>
+    <t>EEC Electric Car Passenger Mini Electric Vehicle</t>
+  </si>
+  <si>
+    <t>S-HBF02</t>
+  </si>
+  <si>
     <t>Cargo Electric Tricycle with canopy</t>
   </si>
   <si>
     <t>L-GN68</t>
   </si>
   <si>
-    <t>Electric Cargo Tricycle with canopy</t>
-[...2 lines deleted...]
-    <t>L-LXC12</t>
+    <t>EEC Electric Car European Union Market</t>
+  </si>
+  <si>
+    <t>S-HBF01</t>
+  </si>
+  <si>
+    <t>Electric Cargo Tricycle Closed Cabin</t>
+  </si>
+  <si>
+    <t>L-OW25</t>
   </si>
   <si>
     <t>Eletric Tricycle for special use</t>
   </si>
   <si>
     <t>L-ZB67</t>
   </si>
   <si>
     <t>Integrated 130 Drum Brake rear axle</t>
   </si>
   <si>
     <t>S-AX002</t>
   </si>
   <si>
     <t>Integrated 160 Drum Brake rear axle</t>
   </si>
   <si>
     <t>S-AX003</t>
   </si>
   <si>
     <t>Integrated 180 Drum Brake rear axle</t>
   </si>
   <si>
     <t>S-AX004</t>
   </si>
@@ -126,156 +138,144 @@
   <si>
     <t>15 Tubes 650W Controller</t>
   </si>
   <si>
     <t>SFZ-15</t>
   </si>
   <si>
     <t>Electric 3 wheels car for Passenger</t>
   </si>
   <si>
     <t>L-SLD54</t>
   </si>
   <si>
     <t>Passenger Electric Tricycle</t>
   </si>
   <si>
     <t>L-SLD52</t>
   </si>
   <si>
     <t>18 Tube 48V/60V/72V Controller</t>
   </si>
   <si>
     <t>SFZ-18</t>
   </si>
   <si>
+    <t>Closed Cabin Electric Cargo Tricycle</t>
+  </si>
+  <si>
+    <t>L-HBB02</t>
+  </si>
+  <si>
     <t>EEC Electric Cargo Tricycle Three-Wheel</t>
   </si>
   <si>
     <t>L-OW23</t>
   </si>
   <si>
     <t>EEC Electric Tricycle </t>
   </si>
   <si>
     <t>L-OW21</t>
   </si>
   <si>
     <t>Electric Tricycle for Passenger</t>
   </si>
   <si>
     <t>L-YD-TG-62</t>
   </si>
   <si>
     <t>Passenger Four Wheeler 2 Doors Electric car</t>
   </si>
   <si>
     <t>S-JB14</t>
   </si>
   <si>
     <t> Plus Four Wheeler Electric Vehicles Low Speed Mini Car</t>
   </si>
   <si>
     <t>S-JB15</t>
   </si>
   <si>
     <t>18 Tubes Double Row  48V/60V/72V Controller</t>
   </si>
   <si>
     <t>SFZ-18  Double Row</t>
   </si>
   <si>
     <t>43mm Shock Absorber for E-rickshaw</t>
   </si>
   <si>
     <t>S-HX01</t>
   </si>
   <si>
+    <t>Closed Compartment Express Electric Tricycle</t>
+  </si>
+  <si>
+    <t>L-GN77</t>
+  </si>
+  <si>
     <t>EEC Electric Cargo Tricycle </t>
   </si>
   <si>
     <t>L-OW22</t>
   </si>
   <si>
     <t>EEC Electric Cargo Tricycle With Shed </t>
   </si>
   <si>
     <t>L-OW24</t>
   </si>
   <si>
     <t>Electric Tricycle Three Wheeler for Heavy-Duty</t>
   </si>
   <si>
     <t>L-GN25</t>
   </si>
   <si>
     <t>120 PMSM Motor</t>
   </si>
   <si>
     <t>S-FZ206</t>
   </si>
   <si>
     <t>30 Tubes 48V/60V/72V Controller</t>
   </si>
   <si>
     <t>SFZ-30</t>
   </si>
   <si>
     <t>Electric Car Four-Door Low Speed Electric Vehicle</t>
   </si>
   <si>
     <t>S-JB13</t>
   </si>
   <si>
     <t>Shock Absorber for E-rickshaw and Electric Tricycle</t>
   </si>
   <si>
     <t>S-XYA02</t>
-  </si>
-[...22 lines deleted...]
-    <t>S-YH08</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="#,##0.00\ &quot;₽&quot;"/>
     <numFmt numFmtId="165" formatCode="[$$-1]#,##0.00"/>
     <numFmt numFmtId="166" formatCode="#,##0.00\ [$€-1]"/>
   </numFmts>
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <sz val="14"/>
       <u/>
       <color rgb="FF0563C1"/>
     </font>
   </fonts>
@@ -296,86 +296,86 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="1" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.skydng.com/cargo-electric-tricycle-with-canopy-l-gn68" TargetMode="External"/>
-[...34 lines deleted...]
-<Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.skydng.com/e-rickshaw-differential-gear-box-s-yh08-3" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.skydng.com/eec-electric-car-passenger-mini-electric-vehicle-s-hbf02" TargetMode="External"/>
+<Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.skydng.com/cargo-electric-tricycle-with-canopy-l-gn68" TargetMode="External"/>
+<Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.skydng.com/eec-electric-car-european-union-market-s-hbf01" TargetMode="External"/>
+<Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.skydng.com/electric-cargo-tricycle-closed-cabin-l-ow25" TargetMode="External"/>
+<Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.skydng.com/eletric-tricycle-for-special-use-l-zb67" TargetMode="External"/>
+<Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.skydng.com/integrated-130-drum-brake-rear-axle-s-ax002" TargetMode="External"/>
+<Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.skydng.com/integrated-160-drum-brake-rear-axle-s-ax003" TargetMode="External"/>
+<Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.skydng.com/integrated-180-drum-brake-rear-axle-s-ax004" TargetMode="External"/>
+<Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.skydng.com/integrated-220-drum-brake-rear-axle-s-ax005" TargetMode="External"/>
+<Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.skydng.com/split-130-drum-brake-rear-axle-s-ax001" TargetMode="External"/>
+<Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.skydng.com/split-dis-brake-rear-axle-s-ax006" TargetMode="External"/>
+<Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.skydng.com/two-door-four-seater-electric-car-s-jb12" TargetMode="External"/>
+<Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.skydng.com/12-tubes-500w-48v60v72v-controller-sfz-12&#160;-&#160;" TargetMode="External"/>
+<Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.skydng.com/bldc-motor-500w-1000w-s-jm06" TargetMode="External"/>
+<Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.skydng.com/electric-three-wheel-tricycle-l-gn58" TargetMode="External"/>
+<Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.skydng.com/pmsm-motor-500w-1000w-s-jm07" TargetMode="External"/>
+<Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.skydng.com/15-tubes-650w-controller-sfz-15" TargetMode="External"/>
+<Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.skydng.com/electric-3-wheels-car-for-passenger-l-sld54" TargetMode="External"/>
+<Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.skydng.com/passenger-electric-tricycle-l-sld52" TargetMode="External"/>
+<Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.skydng.com/18-tube-48v60v72v-controller-sfz-18" TargetMode="External"/>
+<Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.skydng.com/closed-cabin-electric-cargo-tricycle-l-hbb02" TargetMode="External"/>
+<Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.skydng.com/eec-electric-cargo-tricycle-three-wheel-l-ow23" TargetMode="External"/>
+<Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.skydng.com/eec-electric-tricycle-l-ow21" TargetMode="External"/>
+<Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.skydng.com/electric-tricycle-for-passenger-l-yd-tg-62" TargetMode="External"/>
+<Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.skydng.com/plus-four-wheeler-electric-vehicles-low-speed-mini-car-s-jb15" TargetMode="External"/>
+<Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.skydng.com/two-door-four-seater-electric-car-s-jb12-1" TargetMode="External"/>
+<Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.skydng.com/18-tubes-double-row-48v60v72v-controller-sfz-18-&#160;double-row" TargetMode="External"/>
+<Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.skydng.com/43mm-shock-absorber-for-e-rickshaw-s-hx01" TargetMode="External"/>
+<Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.skydng.com/closed-compartment-express-electric-tricycle-l-gn77" TargetMode="External"/>
+<Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.skydng.com/eec-electric-cargo-tricycle-l-ow22" TargetMode="External"/>
+<Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.skydng.com/eec-electric-cargo-tricycle-with-shed-l-ow24" TargetMode="External"/>
+<Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.skydng.com/electric-tricycle-three-wheeler-for-heavy-duty-l-gn25" TargetMode="External"/>
+<Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.skydng.com/120-pmsm-motor-s-fz206" TargetMode="External"/>
+<Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.skydng.com/30-tubes-48v60v72v-controller-sfz-30" TargetMode="External"/>
+<Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.skydng.com/electric-car-four-door-low-speed-electric-vehicle-s-l01" TargetMode="External"/>
+<Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.skydng.com/shock-absorber-for-e-rickshaw-and-electric-tricycle-s-xya02" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B37"/>
   <cols>
     <col min="1" max="1" width="56" customWidth="1"/>
     <col min="2" max="2" width="19" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s" s="2">
         <v>2</v>
       </c>
       <c r="B2" t="s">
         <v>3</v>
       </c>
@@ -640,80 +640,80 @@
       <c r="A35" t="s" s="2">
         <v>68</v>
       </c>
       <c r="B35" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s" s="2">
         <v>70</v>
       </c>
       <c r="B36" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s" s="2">
         <v>72</v>
       </c>
       <c r="B37" t="s">
         <v>73</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
-    <hyperlink ref="A2" r:id="rId1" location="" display="https://www.skydng.com/cargo-electric-tricycle-with-canopy-l-gn68"/>
-[...34 lines deleted...]
-    <hyperlink ref="A37" r:id="rId36" location="" display="https://www.skydng.com/e-rickshaw-differential-gear-box-s-yh08-3"/>
+    <hyperlink ref="A2" r:id="rId1" location="" display="https://www.skydng.com/eec-electric-car-passenger-mini-electric-vehicle-s-hbf02"/>
+    <hyperlink ref="A3" r:id="rId2" location="" display="https://www.skydng.com/cargo-electric-tricycle-with-canopy-l-gn68"/>
+    <hyperlink ref="A4" r:id="rId3" location="" display="https://www.skydng.com/eec-electric-car-european-union-market-s-hbf01"/>
+    <hyperlink ref="A5" r:id="rId4" location="" display="https://www.skydng.com/electric-cargo-tricycle-closed-cabin-l-ow25"/>
+    <hyperlink ref="A6" r:id="rId5" location="" display="https://www.skydng.com/eletric-tricycle-for-special-use-l-zb67"/>
+    <hyperlink ref="A7" r:id="rId6" location="" display="https://www.skydng.com/integrated-130-drum-brake-rear-axle-s-ax002"/>
+    <hyperlink ref="A8" r:id="rId7" location="" display="https://www.skydng.com/integrated-160-drum-brake-rear-axle-s-ax003"/>
+    <hyperlink ref="A9" r:id="rId8" location="" display="https://www.skydng.com/integrated-180-drum-brake-rear-axle-s-ax004"/>
+    <hyperlink ref="A10" r:id="rId9" location="" display="https://www.skydng.com/integrated-220-drum-brake-rear-axle-s-ax005"/>
+    <hyperlink ref="A11" r:id="rId10" location="" display="https://www.skydng.com/split-130-drum-brake-rear-axle-s-ax001"/>
+    <hyperlink ref="A12" r:id="rId11" location="" display="https://www.skydng.com/split-dis-brake-rear-axle-s-ax006"/>
+    <hyperlink ref="A13" r:id="rId12" location="" display="https://www.skydng.com/two-door-four-seater-electric-car-s-jb12"/>
+    <hyperlink ref="A14" r:id="rId13" location="" display="https://www.skydng.com/12-tubes-500w-48v60v72v-controller-sfz-12 - "/>
+    <hyperlink ref="A15" r:id="rId14" location="" display="https://www.skydng.com/bldc-motor-500w-1000w-s-jm06"/>
+    <hyperlink ref="A16" r:id="rId15" location="" display="https://www.skydng.com/electric-three-wheel-tricycle-l-gn58"/>
+    <hyperlink ref="A17" r:id="rId16" location="" display="https://www.skydng.com/pmsm-motor-500w-1000w-s-jm07"/>
+    <hyperlink ref="A18" r:id="rId17" location="" display="https://www.skydng.com/15-tubes-650w-controller-sfz-15"/>
+    <hyperlink ref="A19" r:id="rId18" location="" display="https://www.skydng.com/electric-3-wheels-car-for-passenger-l-sld54"/>
+    <hyperlink ref="A20" r:id="rId19" location="" display="https://www.skydng.com/passenger-electric-tricycle-l-sld52"/>
+    <hyperlink ref="A21" r:id="rId20" location="" display="https://www.skydng.com/18-tube-48v60v72v-controller-sfz-18"/>
+    <hyperlink ref="A22" r:id="rId21" location="" display="https://www.skydng.com/closed-cabin-electric-cargo-tricycle-l-hbb02"/>
+    <hyperlink ref="A23" r:id="rId22" location="" display="https://www.skydng.com/eec-electric-cargo-tricycle-three-wheel-l-ow23"/>
+    <hyperlink ref="A24" r:id="rId23" location="" display="https://www.skydng.com/eec-electric-tricycle-l-ow21"/>
+    <hyperlink ref="A25" r:id="rId24" location="" display="https://www.skydng.com/electric-tricycle-for-passenger-l-yd-tg-62"/>
+    <hyperlink ref="A26" r:id="rId25" location="" display="https://www.skydng.com/plus-four-wheeler-electric-vehicles-low-speed-mini-car-s-jb15"/>
+    <hyperlink ref="A27" r:id="rId26" location="" display="https://www.skydng.com/two-door-four-seater-electric-car-s-jb12-1"/>
+    <hyperlink ref="A28" r:id="rId27" location="" display="https://www.skydng.com/18-tubes-double-row-48v60v72v-controller-sfz-18- double-row"/>
+    <hyperlink ref="A29" r:id="rId28" location="" display="https://www.skydng.com/43mm-shock-absorber-for-e-rickshaw-s-hx01"/>
+    <hyperlink ref="A30" r:id="rId29" location="" display="https://www.skydng.com/closed-compartment-express-electric-tricycle-l-gn77"/>
+    <hyperlink ref="A31" r:id="rId30" location="" display="https://www.skydng.com/eec-electric-cargo-tricycle-l-ow22"/>
+    <hyperlink ref="A32" r:id="rId31" location="" display="https://www.skydng.com/eec-electric-cargo-tricycle-with-shed-l-ow24"/>
+    <hyperlink ref="A33" r:id="rId32" location="" display="https://www.skydng.com/electric-tricycle-three-wheeler-for-heavy-duty-l-gn25"/>
+    <hyperlink ref="A34" r:id="rId33" location="" display="https://www.skydng.com/120-pmsm-motor-s-fz206"/>
+    <hyperlink ref="A35" r:id="rId34" location="" display="https://www.skydng.com/30-tubes-48v60v72v-controller-sfz-30"/>
+    <hyperlink ref="A36" r:id="rId35" location="" display="https://www.skydng.com/electric-car-four-door-low-speed-electric-vehicle-s-l01"/>
+    <hyperlink ref="A37" r:id="rId36" location="" display="https://www.skydng.com/shock-absorber-for-e-rickshaw-and-electric-tricycle-s-xya02"/>
   </hyperlinks>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>